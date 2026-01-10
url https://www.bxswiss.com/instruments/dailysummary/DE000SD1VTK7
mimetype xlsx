--- v0 (2025-10-25)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1be81b25dd774578" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R569d20ad31cc4bf0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe3b1adac8154d50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R133faf925a97490b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1c89956a483487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe3b1adac8154d50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ea5c916a0274f9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R133faf925a97490b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Infineon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,414</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>0,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,463</x:t>
-[...16 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,442</x:t>
-[...414 lines deleted...]
-          <x:t>0,371</x:t>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>