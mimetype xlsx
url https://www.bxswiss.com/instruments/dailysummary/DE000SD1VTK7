--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R569d20ad31cc4bf0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c6bf5db9c85480b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R133faf925a97490b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30d102015f7c4d74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ea5c916a0274f9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R133faf925a97490b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad0b7c90201e405d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30d102015f7c4d74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Infineon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>0,568</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,568</x:t>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,650</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,668</x:t>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,767</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,792</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,785</x:t>
-[...53 lines deleted...]
-          <x:t>0,737</x:t>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>