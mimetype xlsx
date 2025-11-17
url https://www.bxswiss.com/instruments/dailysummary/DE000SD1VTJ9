--- v0 (2025-10-26)
+++ v1 (2025-11-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R285391bb16e14b2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4971c615cb2a4ea8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77103a03941e4c94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6dd45a56f12641d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re53a1bec114c41a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77103a03941e4c94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc188673e6b4e483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6dd45a56f12641d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Inditex</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>26,285</x:t>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,655</x:t>
-[...16 lines deleted...]
-          <x:t>29,205</x:t>
+          <x:t>30,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,075</x:t>
-[...436 lines deleted...]
-          <x:t>31,470</x:t>
+          <x:t>33,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>