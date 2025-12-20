--- v1 (2025-11-17)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4971c615cb2a4ea8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15c707fb3a8548e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6dd45a56f12641d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea7fc57f4e384e84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc188673e6b4e483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6dd45a56f12641d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16fd31acd5e24bb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea7fc57f4e384e84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Inditex</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>28,415</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,345</x:t>
-[...335 lines deleted...]
-          <x:t>26,770</x:t>
+          <x:t>26,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,245</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>30,230</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>