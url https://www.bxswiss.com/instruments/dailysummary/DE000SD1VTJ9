--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15c707fb3a8548e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99294c493f0c4aba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea7fc57f4e384e84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc6547c16a174f1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16fd31acd5e24bb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea7fc57f4e384e84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd29f305426324541" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc6547c16a174f1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Inditex</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>