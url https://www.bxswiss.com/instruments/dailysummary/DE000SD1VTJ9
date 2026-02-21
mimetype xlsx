--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99294c493f0c4aba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf800fcdb54c24c79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc6547c16a174f1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dba8a38a4c6477a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd29f305426324541" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc6547c16a174f1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15e39ac405ff4c66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dba8a38a4c6477a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Inditex</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>45,980</x:t>
-[...328 lines deleted...]
-          <x:t>47,435</x:t>
+          <x:t>43,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,955</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>50,395</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>