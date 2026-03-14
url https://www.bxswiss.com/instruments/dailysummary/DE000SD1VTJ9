--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf800fcdb54c24c79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d17f393f5464287" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dba8a38a4c6477a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6deba1ebd5674809"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15e39ac405ff4c66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dba8a38a4c6477a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47299f3f37d94369" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6deba1ebd5674809" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Inditex</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>