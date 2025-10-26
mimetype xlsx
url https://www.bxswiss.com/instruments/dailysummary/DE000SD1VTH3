--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9537bd3a481947a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d206f8cf6124b6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R360da5b3ff364f70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R700b2ddc98a64f0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8c806aa11be4584" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R360da5b3ff364f70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d2b7a00985945da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R700b2ddc98a64f0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Iberdrola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>