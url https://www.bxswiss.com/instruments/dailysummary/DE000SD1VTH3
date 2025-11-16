--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d206f8cf6124b6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R071aadeddaec4073" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R700b2ddc98a64f0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f8846fb1abc403f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d2b7a00985945da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R700b2ddc98a64f0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82e858f870d045b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f8846fb1abc403f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Iberdrola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,175</x:t>
-[...62 lines deleted...]
-        <x:is>
           <x:t>17,105</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,390</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>