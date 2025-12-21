--- v2 (2025-11-16)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R071aadeddaec4073" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R936c56db7eb34def" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f8846fb1abc403f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5461cc33afdb4261"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82e858f870d045b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f8846fb1abc403f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ea567ebf245489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5461cc33afdb4261" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Iberdrola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...458 lines deleted...]
-          <x:t>07.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,815</x:t>
-[...97 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>24,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,100</x:t>
-[...36 lines deleted...]
-          <x:t>24,785</x:t>
+          <x:t>25,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>