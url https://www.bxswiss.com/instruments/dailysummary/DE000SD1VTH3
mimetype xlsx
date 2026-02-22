--- v3 (2025-12-21)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R936c56db7eb34def" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4e1db651386490a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5461cc33afdb4261"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R070933efa33f497c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ea567ebf245489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5461cc33afdb4261" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90ddad73ad7c40f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R070933efa33f497c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Iberdrola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>24,875</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,635</x:t>
-[...463 lines deleted...]
-          <x:t>25,975</x:t>
+          <x:t>27,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>