--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4e1db651386490a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22654e7b957c4f21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R070933efa33f497c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re39d08ed186c4d95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90ddad73ad7c40f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R070933efa33f497c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a1d5a78225544aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re39d08ed186c4d95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Iberdrola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,015</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>39,955</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>