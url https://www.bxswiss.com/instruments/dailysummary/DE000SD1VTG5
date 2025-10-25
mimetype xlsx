--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d535dfdcc154b39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04f6333382964fc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95412d21f0e24568"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3834d47c0f6448b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0614678482124aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95412d21f0e24568" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ee9315bbb164016" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3834d47c0f6448b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Iberdrola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,151 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,070</x:t>
-[...440 lines deleted...]
-        <x:is>
           <x:t>35,010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,685</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>