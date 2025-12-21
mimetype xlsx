--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04f6333382964fc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R724c1b79459142a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3834d47c0f6448b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R935c0e97a246406d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ee9315bbb164016" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3834d47c0f6448b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a60aaf6314844bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R935c0e97a246406d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Iberdrola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>45,470</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>