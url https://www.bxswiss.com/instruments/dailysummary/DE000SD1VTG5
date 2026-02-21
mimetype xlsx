--- v2 (2025-12-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R724c1b79459142a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R645dac66bda043a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R935c0e97a246406d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7bc82ac89044b5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a60aaf6314844bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R935c0e97a246406d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf64e0d9ed6c2441c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7bc82ac89044b5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Iberdrola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>56,335</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>