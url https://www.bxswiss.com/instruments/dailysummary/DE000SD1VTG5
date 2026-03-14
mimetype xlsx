--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R645dac66bda043a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc431b939f6db4b04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7bc82ac89044b5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb571018888344a93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf64e0d9ed6c2441c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7bc82ac89044b5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b3cc521eddd45dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb571018888344a93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Iberdrola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VTG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>74,500</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,270</x:t>
-[...242 lines deleted...]
-          <x:t>75,640</x:t>
+          <x:t>67,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>