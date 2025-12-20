--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0e34d7022464581" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64e7ede5ee7f4ba5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fcb275da0e1449e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd39d06781b0349ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd7f1e3ce1f543e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fcb275da0e1449e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eea73b8648e405d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd39d06781b0349ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Sanofi</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>3,135</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,090</x:t>
-[...70 lines deleted...]
-          <x:t>3,615</x:t>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,185</x:t>
-[...227 lines deleted...]
-          <x:t>3,110</x:t>
+          <x:t>2,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,125</x:t>
-        </x:is>
-[...224 lines deleted...]
-          <x:t>4,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>