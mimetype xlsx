--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64e7ede5ee7f4ba5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8facb84bbf64fdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd39d06781b0349ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd01cc4176c154fc7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eea73b8648e405d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd39d06781b0349ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7d92b958fc24bda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd01cc4176c154fc7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Sanofi</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...414 lines deleted...]
-          <x:t>3,430</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,125</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>3,165</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>2,665</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,580</x:t>
-[...92 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,145</x:t>
-[...9 lines deleted...]
-          <x:t>3,125</x:t>
+          <x:t>3,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>