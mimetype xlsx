--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8facb84bbf64fdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re17a41526462420d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd01cc4176c154fc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a8519a8ce6d474c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7d92b958fc24bda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd01cc4176c154fc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfbd47107a424aad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a8519a8ce6d474c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Sanofi</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>3,215</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,580</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,885</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>3,175</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,105</x:t>
-[...188 lines deleted...]
-          <x:t>3,375</x:t>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>