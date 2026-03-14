--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re17a41526462420d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87e0e723631f46fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a8519a8ce6d474c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a10c5cc5e0646fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfbd47107a424aad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a8519a8ce6d474c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa8af556572c4aa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a10c5cc5e0646fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Sanofi</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>2,540</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,415</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>21.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,495</x:t>
-[...598 lines deleted...]
-          <x:t>2,385</x:t>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>