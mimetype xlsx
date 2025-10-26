--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39a6839a861b4f67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf661dafbc6134908" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R291c31d1c19d4734"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27bd1f1837d74581"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R770c37f84eb848a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R291c31d1c19d4734" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a04cf0e7811477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27bd1f1837d74581" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Saint Gobain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>44,575</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,455</x:t>
-[...129 lines deleted...]
-          <x:t>46,110</x:t>
+          <x:t>42,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>46,300</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>45,815</x:t>
-[...301 lines deleted...]
-          <x:t>47,085</x:t>
+          <x:t>40,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>