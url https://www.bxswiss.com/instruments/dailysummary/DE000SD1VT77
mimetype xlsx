--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf661dafbc6134908" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92c94e6fa94c4a91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27bd1f1837d74581"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb60ebf0001834275"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a04cf0e7811477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27bd1f1837d74581" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra523da99a193478a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb60ebf0001834275" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Saint Gobain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>37,190</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,100</x:t>
-[...215 lines deleted...]
-          <x:t>37,725</x:t>
+          <x:t>30,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>