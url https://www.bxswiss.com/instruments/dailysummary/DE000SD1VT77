--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92c94e6fa94c4a91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf2d6ba8b2bb4c20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb60ebf0001834275"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R484f15e197544145"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra523da99a193478a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb60ebf0001834275" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R992f6a52050947a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R484f15e197544145" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Saint Gobain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>24,060</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,380</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>29,880</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>