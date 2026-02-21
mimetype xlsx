--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf2d6ba8b2bb4c20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R792acb025081472b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R484f15e197544145"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59c6ffcf075647a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R992f6a52050947a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R484f15e197544145" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1bc1cb85a544007" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59c6ffcf075647a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Saint Gobain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,385</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>25,875</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>