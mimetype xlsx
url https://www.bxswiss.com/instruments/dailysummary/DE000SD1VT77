--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R792acb025081472b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red7e3503061d45ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59c6ffcf075647a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a3052508c30438a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1bc1cb85a544007" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59c6ffcf075647a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1508bfbc9004ed9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a3052508c30438a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Saint Gobain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>28,430</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,795</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...204 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,375</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>