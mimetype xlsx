--- v0 (2025-10-26)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8966a11c6306457d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76174e5d94d54fe8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdec85b1726634a15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b35e1e154a64b15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f45f654fa70486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdec85b1726634a15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R592d7a6bee594081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b35e1e154a64b15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on RWE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,455</x:t>
-[...107 lines deleted...]
-          <x:t>5,525</x:t>
+          <x:t>4,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,100</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>5,225</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,510</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>5,375</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,470</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.10.2025</x:t>
-[...100 lines deleted...]
-          <x:t>5,260</x:t>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>