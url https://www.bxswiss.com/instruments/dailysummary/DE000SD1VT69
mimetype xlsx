--- v1 (2025-11-16)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76174e5d94d54fe8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R643217a3042c4c73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b35e1e154a64b15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf404f5f7971c4bcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R592d7a6bee594081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b35e1e154a64b15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25632d7cda0f4305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf404f5f7971c4bcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on RWE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...311 lines deleted...]
-          <x:t>6,125</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,510</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>6,430</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,290</x:t>
-[...161 lines deleted...]
-          <x:t>6,435</x:t>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>7,765</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>