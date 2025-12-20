--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dcdced32d36422f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdade01e3bf4a4ade" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1a353451ce14aae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16c743d17ef74274"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe1c744051594b11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1a353451ce14aae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5cf61c3cc2242db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16c743d17ef74274" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>60,845</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,005</x:t>
-[...173 lines deleted...]
-          <x:t>53,365</x:t>
+          <x:t>59,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,780</x:t>
-[...166 lines deleted...]
-          <x:t>51,285</x:t>
+          <x:t>58,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>