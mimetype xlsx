--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdade01e3bf4a4ade" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a12bd8db28943ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16c743d17ef74274"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd72a3592e0cc4409"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5cf61c3cc2242db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16c743d17ef74274" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5b7166f75d04f8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd72a3592e0cc4409" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>57,505</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,675</x:t>
-[...279 lines deleted...]
-          <x:t>61,335</x:t>
+          <x:t>65,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>