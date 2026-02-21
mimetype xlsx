--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a12bd8db28943ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08f6d2ba9fd54ad7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd72a3592e0cc4409"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12de820055ab42e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5b7166f75d04f8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd72a3592e0cc4409" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6da5d69a92946c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12de820055ab42e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>65,270</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>