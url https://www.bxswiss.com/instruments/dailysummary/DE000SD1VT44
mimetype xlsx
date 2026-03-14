--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08f6d2ba9fd54ad7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33b6f37228c1435a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12de820055ab42e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d7e0411e40c4444"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6da5d69a92946c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12de820055ab42e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08451d7c6f6f4458" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d7e0411e40c4444" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>