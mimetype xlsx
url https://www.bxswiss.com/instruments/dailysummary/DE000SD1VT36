--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R957544af7e4c479b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc785f5b99aa84348" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf78fb4303a4d471b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3baba4b61e284cb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7085c248faf14a8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf78fb4303a4d471b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d9f07779a4c40bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3baba4b61e284cb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Münchener Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>130,845</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,610</x:t>
-[...625 lines deleted...]
-          <x:t>134,765</x:t>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>