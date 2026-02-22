--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc785f5b99aa84348" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43370e8f195a4656" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3baba4b61e284cb5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7ad17805f2e4b7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d9f07779a4c40bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3baba4b61e284cb5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0b5b126182441c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7ad17805f2e4b7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Münchener Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>101,755</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>