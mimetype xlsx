--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43370e8f195a4656" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radeb98ac48724992" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7ad17805f2e4b7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f0ee0691411410e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0b5b126182441c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7ad17805f2e4b7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R721705e98f7d4ddc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f0ee0691411410e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Münchener Rück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>86,345</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,325</x:t>
-[...490 lines deleted...]
-          <x:t>107,505</x:t>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>