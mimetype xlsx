--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2c1512a980e4bff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdeb10960e034a0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1c2abbbe35f41ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00be4d9c9491499c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd600faec7d746e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1c2abbbe35f41ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97e8345fa6614f8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00be4d9c9491499c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Merck KGaA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,739</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>09.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,792</x:t>
-[...495 lines deleted...]
-          <x:t>1,015</x:t>
+          <x:t>0,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>