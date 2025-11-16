--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdeb10960e034a0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R219425568fa54226" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00be4d9c9491499c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R407c6bd0ef53492b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97e8345fa6614f8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00be4d9c9491499c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd725e4cefcb43d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R407c6bd0ef53492b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Merck KGaA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>0,644</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,680</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,718</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,717</x:t>
-[...92 lines deleted...]
-          <x:t>1,025</x:t>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,981</x:t>
-[...382 lines deleted...]
-          <x:t>0,802</x:t>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>