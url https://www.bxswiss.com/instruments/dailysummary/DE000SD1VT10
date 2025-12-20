--- v2 (2025-11-16)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R219425568fa54226" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R953fa6b97e3847b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R407c6bd0ef53492b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R995bafc4286f49ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd725e4cefcb43d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R407c6bd0ef53492b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0732261f13a24a9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R995bafc4286f49ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Merck KGaA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,894</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,866</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>0,832</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>