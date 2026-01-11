--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R953fa6b97e3847b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R622e7a650b9b401f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R995bafc4286f49ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b59bd609b7640a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0732261f13a24a9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R995bafc4286f49ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra377beccd8ad4f0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b59bd609b7640a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Merck KGaA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>0,761</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,858</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...283 lines deleted...]
-          <x:t>16.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,947</x:t>
-[...90 lines deleted...]
-          <x:t>0,864</x:t>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>