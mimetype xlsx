--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R622e7a650b9b401f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d3617d5b0cb40f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b59bd609b7640a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82ce996ae2c145ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra377beccd8ad4f0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b59bd609b7640a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaf68a4d22df498d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82ce996ae2c145ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Merck KGaA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>0,861</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,840</x:t>
-[...16 lines deleted...]
-          <x:t>0,892</x:t>
+          <x:t>0,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,825</x:t>
-[...178 lines deleted...]
-          <x:t>0,935</x:t>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,881</x:t>
-[...26 lines deleted...]
-          <x:t>1,005</x:t>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>1,135</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>