--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d3617d5b0cb40f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra415bf34e3f14f91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82ce996ae2c145ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc878ded813b6405d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaf68a4d22df498d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82ce996ae2c145ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b3ae6614d974de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc878ded813b6405d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Merck KGaA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VT10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,983</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>21.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,935</x:t>
-[...21 lines deleted...]
-          <x:t>1,095</x:t>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,085</x:t>
-[...102 lines deleted...]
-          <x:t>0,968</x:t>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,946</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>0,850</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,904</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>1,040</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>