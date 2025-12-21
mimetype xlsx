--- v0 (2025-10-26)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec387bf75f6e47d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0324a7cfef0948c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8a757b29ee24b68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2130f98f74174b40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83b54df9ea6b4d44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8a757b29ee24b68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfca2360010274e5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2130f98f74174b40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Danone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>39,840</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>