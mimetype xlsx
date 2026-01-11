--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0324a7cfef0948c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c57f347a9e54c0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2130f98f74174b40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c07ed70863a4cc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfca2360010274e5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2130f98f74174b40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65ea12e248fd46d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c07ed70863a4cc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Danone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>37,190</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,455</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>01.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,140</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>38,010</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,040</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>39,250</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>