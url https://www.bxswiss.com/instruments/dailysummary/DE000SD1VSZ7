--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c57f347a9e54c0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4491b4a0bafa4529" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c07ed70863a4cc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5442f7767f444f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65ea12e248fd46d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c07ed70863a4cc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0dddb221e6743d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5442f7767f444f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Danone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>36,060</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>