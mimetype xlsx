--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40c6fc97055a453e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda2a0ffb8de64eb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b31ef11b5dc4df7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e230af1c9a446f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74fe3fbe03d14680" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b31ef11b5dc4df7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b10645e735c4561" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e230af1c9a446f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Mercedes-Benz Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,252</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,230</x:t>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,233</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,260</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,241</x:t>
-[...70 lines deleted...]
-          <x:t>0,247</x:t>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,220</x:t>
-[...512 lines deleted...]
-          <x:t>0,289</x:t>
+          <x:t>0,223</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>