--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda2a0ffb8de64eb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d216aaacad24c47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e230af1c9a446f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10f468ad245f4b4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b10645e735c4561" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e230af1c9a446f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31ec2d6b9dcd427e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10f468ad245f4b4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Mercedes-Benz Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>0,223</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>