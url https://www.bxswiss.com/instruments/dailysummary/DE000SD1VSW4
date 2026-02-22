--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d216aaacad24c47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89f9616f882e4866" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10f468ad245f4b4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc08bb03af2554dee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31ec2d6b9dcd427e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10f468ad245f4b4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85ebb9529f934cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc08bb03af2554dee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Mercedes-Benz Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,349</x:t>
-[...198 lines deleted...]
-          <x:t>0,367</x:t>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>