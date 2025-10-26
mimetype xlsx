--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccf3182a356b43ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c5f9aed4f7c4f33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbea7c4cd385f4afe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd78d29fae77c4aa9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fa9d733925f4089" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbea7c4cd385f4afe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5304a93e36ff4e9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd78d29fae77c4aa9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Carrefour</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VST0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>2,920</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,910</x:t>
-[...273 lines deleted...]
-        <x:is>
           <x:t>2,810</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>2,810</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,155</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,325</x:t>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>