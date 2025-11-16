--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c5f9aed4f7c4f33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R603a48b3155c4644" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd78d29fae77c4aa9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raec122edb9814b44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5304a93e36ff4e9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd78d29fae77c4aa9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4b248739a2d4d37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raec122edb9814b44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Carrefour</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VST0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>3,160</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,160</x:t>
-[...70 lines deleted...]
-          <x:t>3,510</x:t>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,405</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>3,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,735</x:t>
-[...139 lines deleted...]
-          <x:t>3,495</x:t>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,555</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>15.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,665</x:t>
-        </x:is>
-[...202 lines deleted...]
-          <x:t>3,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>