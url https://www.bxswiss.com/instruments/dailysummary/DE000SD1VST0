--- v2 (2025-11-16)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R603a48b3155c4644" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R087597aa96fb4066" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raec122edb9814b44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ef9ace3a037474d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4b248739a2d4d37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raec122edb9814b44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R886787a9cdf4438a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ef9ace3a037474d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Carrefour</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VST0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...80 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,825</x:t>
-[...517 lines deleted...]
-          <x:t>3,665</x:t>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>