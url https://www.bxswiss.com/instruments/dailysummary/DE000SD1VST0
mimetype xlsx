--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R087597aa96fb4066" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4ff4fa3d10945e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ef9ace3a037474d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71cbb055a8b248e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R886787a9cdf4438a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ef9ace3a037474d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R346258c668544e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71cbb055a8b248e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Carrefour</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VST0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>4,665</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>4,750</x:t>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,900</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>4,800</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,900</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>4,700</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>