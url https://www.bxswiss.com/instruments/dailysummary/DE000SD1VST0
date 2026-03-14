--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4ff4fa3d10945e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R032e62a3ec2e46a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71cbb055a8b248e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7445ff18be324bcd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R346258c668544e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71cbb055a8b248e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb74ec1d780ba4b39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7445ff18be324bcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Carrefour</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VST0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>4,750</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,315</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...14 lines deleted...]
-          <x:t>5,130</x:t>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,345</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...207 lines deleted...]
-          <x:t>5,950</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,980</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>5,625</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>