--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R152150f5ab9b4290" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc5001462d8e41f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R426e6203d319430b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d77d93f52e7487d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a3ac6140a8b46f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R426e6203d319430b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf93d9d650b714c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d77d93f52e7487d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Beiersdorf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,481</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>24.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,507</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>03.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,524</x:t>
-[...21 lines deleted...]
-          <x:t>0,505</x:t>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,493</x:t>
-[...43 lines deleted...]
-          <x:t>0,545</x:t>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,559</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,498</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,529</x:t>
-        </x:is>
-[...295 lines deleted...]
-          <x:t>0,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>