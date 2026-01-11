--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc5001462d8e41f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a8e0661c81c409b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d77d93f52e7487d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc18e78f0d64140c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf93d9d650b714c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d77d93f52e7487d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e6dd27eb17b4f90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc18e78f0d64140c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Beiersdorf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,432</x:t>
-[...85 lines deleted...]
-          <x:t>0,433</x:t>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,509</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>0,529</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>