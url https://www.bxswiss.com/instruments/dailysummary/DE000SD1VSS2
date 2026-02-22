--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a8e0661c81c409b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf3e6059ca354e13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc18e78f0d64140c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R609cded74b444830"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e6dd27eb17b4f90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc18e78f0d64140c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73aff2c384a84cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R609cded74b444830" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Beiersdorf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,607</x:t>
-[...414 lines deleted...]
-          <x:t>0,548</x:t>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>