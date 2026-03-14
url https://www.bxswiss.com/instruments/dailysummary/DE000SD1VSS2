--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf3e6059ca354e13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3be5a80644c74286" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R609cded74b444830"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re441093cbfb346e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73aff2c384a84cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R609cded74b444830" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9850d6a93aac4e71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re441093cbfb346e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Beiersdorf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>