--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce38787039744c2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9eb733ec4864060" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15a78182797e490c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc906eff74444099"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75fb7e6bd8b942f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15a78182797e490c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f7ffeba86144d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc906eff74444099" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Beiersdorf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>5,425</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,130</x:t>
-[...70 lines deleted...]
-          <x:t>4,875</x:t>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,940</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>4,250</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>