--- v1 (2025-10-28)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9eb733ec4864060" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5530ed3140e243f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc906eff74444099"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ee34819ced84749"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f7ffeba86144d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc906eff74444099" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc6160b77e0846b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ee34819ced84749" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Beiersdorf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,740</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,605</x:t>
-[...571 lines deleted...]
-          <x:t>4,720</x:t>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>