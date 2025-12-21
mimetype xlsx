--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5530ed3140e243f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refe3061ae2b547ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ee34819ced84749"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22b924aacaa1461b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc6160b77e0846b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ee34819ced84749" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re202d4f28def4cd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22b924aacaa1461b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Beiersdorf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...134 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,795</x:t>
-[...4 lines deleted...]
-          <x:t>4,515</x:t>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,720</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>4,435</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,475</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>31.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,455</x:t>
-[...387 lines deleted...]
-          <x:t>3,525</x:t>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>