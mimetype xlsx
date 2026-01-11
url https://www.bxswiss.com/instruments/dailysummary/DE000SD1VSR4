--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refe3061ae2b547ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R728b316285504a83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22b924aacaa1461b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9985a4b3f384c2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re202d4f28def4cd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22b924aacaa1461b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R933b25755de94ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9985a4b3f384c2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Beiersdorf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>4,405</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,315</x:t>
-[...97 lines deleted...]
-          <x:t>4,275</x:t>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,030</x:t>
-[...195 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,545</x:t>
-[...80 lines deleted...]
-          <x:t>4,720</x:t>
+          <x:t>4,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,675</x:t>
-[...53 lines deleted...]
-          <x:t>4,430</x:t>
+          <x:t>4,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>