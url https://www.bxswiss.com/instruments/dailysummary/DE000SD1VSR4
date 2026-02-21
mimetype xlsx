--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R728b316285504a83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e9e3eca7b584eb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9985a4b3f384c2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb203271ce7048bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R933b25755de94ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9985a4b3f384c2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97ce996d87794444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb203271ce7048bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Beiersdorf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>4,355</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.12.2025</x:t>
-[...289 lines deleted...]
-          <x:t>4,585</x:t>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>