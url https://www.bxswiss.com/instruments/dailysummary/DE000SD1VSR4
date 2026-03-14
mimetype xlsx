--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e9e3eca7b584eb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d8088c0f15f4ae5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb203271ce7048bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfcafbb4d6d64536"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97ce996d87794444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb203271ce7048bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e1dc0e4e82949bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfcafbb4d6d64536" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Beiersdorf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,438 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,055</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>6,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,290</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>