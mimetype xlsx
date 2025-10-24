--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b778f8672694b61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9af43cf8316242f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1180344b219e4458"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0bf8e14df57408c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63949428d8984f9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1180344b219e4458" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0613b8631a74771" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0bf8e14df57408c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BMW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,160</x:t>
-[...107 lines deleted...]
-          <x:t>5,700</x:t>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,535</x:t>
-[...431 lines deleted...]
-          <x:t>6,270</x:t>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>