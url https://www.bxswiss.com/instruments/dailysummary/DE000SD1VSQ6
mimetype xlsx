--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9af43cf8316242f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde2fd1b64bac40d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0bf8e14df57408c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3058be4d70fb4d8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0613b8631a74771" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0bf8e14df57408c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93f971606766472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3058be4d70fb4d8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BMW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>5,100</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,735</x:t>
-[...65 lines deleted...]
-          <x:t>5,775</x:t>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,695</x:t>
-[...544 lines deleted...]
-          <x:t>4,215</x:t>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>