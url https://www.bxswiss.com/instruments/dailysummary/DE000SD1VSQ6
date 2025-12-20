--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde2fd1b64bac40d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R390427dd5348496c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3058be4d70fb4d8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8339cc0d6c7a4a2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93f971606766472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3058be4d70fb4d8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf185aad2c3bf4ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8339cc0d6c7a4a2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BMW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...549 lines deleted...]
-          <x:t>5,620</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,535</x:t>
-[...33 lines deleted...]
-          <x:t>12.11.2025</x:t>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,225</x:t>
-[...16 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,240</x:t>
-[...4 lines deleted...]
-          <x:t>5,835</x:t>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>