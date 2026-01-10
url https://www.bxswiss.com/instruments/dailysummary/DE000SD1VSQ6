--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R390427dd5348496c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b4cf3d686c84ea2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8339cc0d6c7a4a2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d11d1f3728b4cd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf185aad2c3bf4ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8339cc0d6c7a4a2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R973c8e62588649fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d11d1f3728b4cd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BMW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,195 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>8,445</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,315</x:t>
-[...43 lines deleted...]
-          <x:t>8,460</x:t>
+          <x:t>7,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,725</x:t>
-[...43 lines deleted...]
-          <x:t>8,030</x:t>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,935</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>7,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,245</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>