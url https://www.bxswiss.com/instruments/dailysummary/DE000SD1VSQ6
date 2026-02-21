--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b4cf3d686c84ea2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdad63ce5604f4daa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d11d1f3728b4cd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1738d5110954be6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R973c8e62588649fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d11d1f3728b4cd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R573daf6729974e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1738d5110954be6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BMW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>6,525</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>