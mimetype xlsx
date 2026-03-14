--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdad63ce5604f4daa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R670fd6a54c104a96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1738d5110954be6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7656994acd24ce0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R573daf6729974e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1738d5110954be6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R015c224ae5714dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7656994acd24ce0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BMW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>4,575</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,040</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>4,745</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,955</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>5,055</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,225</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>4,900</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,985</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>5,590</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>