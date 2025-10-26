--- v0 (2025-10-05)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7cd460da5ad4f01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e8bc7d8f8da47c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb78352f3f6c84cb9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b72a078e9444ba5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raefee0417b794040" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb78352f3f6c84cb9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radbeabb95de64873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b72a078e9444ba5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BASF SE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,115</x:t>
-[...26 lines deleted...]
-          <x:t>1,075</x:t>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...202 lines deleted...]
-          <x:t>0,979</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,920</x:t>
-[...6 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>0,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,903</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>23.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,926</x:t>
-[...178 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,938</x:t>
-        </x:is>
-[...40 lines deleted...]
-          <x:t>1,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>