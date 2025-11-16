--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e8bc7d8f8da47c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47069737d6d34a81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b72a078e9444ba5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaab138d35d14506"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radbeabb95de64873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b72a078e9444ba5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc879c8c72544543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaab138d35d14506" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BASF SE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,906</x:t>
-[...70 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,899</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>0,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,845</x:t>
+          <x:t>0,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,995</x:t>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,968</x:t>
-[...285 lines deleted...]
-        <x:is>
           <x:t>0,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,863</x:t>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>23.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,890</x:t>
-        </x:is>
-[...40 lines deleted...]
-          <x:t>0,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>