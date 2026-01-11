--- v2 (2025-11-16)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47069737d6d34a81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e47141e1dc9479d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaab138d35d14506"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5af2b297d57843d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc879c8c72544543" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaab138d35d14506" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e74ac7cabdd4379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5af2b297d57843d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BASF SE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,823</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,861</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,841</x:t>
-[...188 lines deleted...]
-          <x:t>0,913</x:t>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,923</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>0,890</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>