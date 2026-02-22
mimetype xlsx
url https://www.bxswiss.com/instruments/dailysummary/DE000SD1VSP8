--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e47141e1dc9479d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3057488e917c465a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5af2b297d57843d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e003e7085af41c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e74ac7cabdd4379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5af2b297d57843d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb27b5d480b014f38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e003e7085af41c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BASF SE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,967</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,958</x:t>
-[...16 lines deleted...]
-          <x:t>0,995</x:t>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,901</x:t>
-[...16 lines deleted...]
-          <x:t>0,918</x:t>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,918</x:t>
-[...200 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,982</x:t>
-[...117 lines deleted...]
-          <x:t>0,984</x:t>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>