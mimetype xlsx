--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3057488e917c465a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7f3a6c7de0b46dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e003e7085af41c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd632e8c27f2242af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb27b5d480b014f38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e003e7085af41c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96657c3bfafd433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd632e8c27f2242af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BASF SE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,845</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,845</x:t>
-[...11 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,095</x:t>
-[...48 lines deleted...]
-          <x:t>1,015</x:t>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,005</x:t>
-[...517 lines deleted...]
-          <x:t>1,235</x:t>
+          <x:t>1,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>