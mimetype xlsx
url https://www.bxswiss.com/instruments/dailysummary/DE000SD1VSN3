--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38293c688d6f4138" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68eb60aa10ed483b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a5759c1224b4130"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48fe74832c2c4da5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd15b4c34393f43ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a5759c1224b4130" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54957dc7e14944ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48fe74832c2c4da5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Axa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>139,040</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,120</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...239 lines deleted...]
-          <x:t>143,280</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,465</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>148,785</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>