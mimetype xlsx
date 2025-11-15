--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68eb60aa10ed483b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R139ee38abcd84989" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48fe74832c2c4da5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0100efae08fd4d28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54957dc7e14944ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48fe74832c2c4da5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1510a2ab01c4270" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0100efae08fd4d28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Axa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,235</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>