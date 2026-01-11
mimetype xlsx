--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R139ee38abcd84989" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36c0506f430f42e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0100efae08fd4d28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R100362f94b6b4623"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1510a2ab01c4270" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0100efae08fd4d28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cd7cde37ca04648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R100362f94b6b4623" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Axa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>115,200</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>