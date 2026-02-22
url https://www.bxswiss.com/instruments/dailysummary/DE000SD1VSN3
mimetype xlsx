--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36c0506f430f42e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a74839c9d7d4a7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R100362f94b6b4623"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9db81fa4e5c84676"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cd7cde37ca04648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R100362f94b6b4623" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbce1352ec644edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9db81fa4e5c84676" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Axa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>131,750</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>