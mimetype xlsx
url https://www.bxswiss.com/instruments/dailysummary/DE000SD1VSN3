--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a74839c9d7d4a7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R868571cc37824e80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9db81fa4e5c84676"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01c947f97a72429d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbce1352ec644edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9db81fa4e5c84676" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re927911a69b748f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01c947f97a72429d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Axa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,810</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>