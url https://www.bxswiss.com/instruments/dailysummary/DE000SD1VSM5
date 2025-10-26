--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2b46eb80c934cac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1efcac9d50394153" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92ea7c1e544a496a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e543339615d45dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a1cee5e737d4c12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92ea7c1e544a496a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47e04a99c5aa45d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e543339615d45dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Generali</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>