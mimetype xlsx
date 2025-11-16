--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1efcac9d50394153" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b4e9fb1e5fe4377" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e543339615d45dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racca1a3723a747cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47e04a99c5aa45d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e543339615d45dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5356a6a7fb249f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racca1a3723a747cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Generali</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>