--- v2 (2025-11-16)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b4e9fb1e5fe4377" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ac9fe6e443141b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racca1a3723a747cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86ba874ab5aa4c2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5356a6a7fb249f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racca1a3723a747cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ad0ab37ece644ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86ba874ab5aa4c2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Generali</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...328 lines deleted...]
-          <x:t>300,220</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>288,020</x:t>
-[...274 lines deleted...]
-          <x:t>309,735</x:t>
+          <x:t>308,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>