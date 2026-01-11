--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ac9fe6e443141b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcd50d422ba84bed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86ba874ab5aa4c2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b2b7d375fa94972"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ad0ab37ece644ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86ba874ab5aa4c2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7fb58e4a2414d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b2b7d375fa94972" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Generali</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,005</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>376,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>