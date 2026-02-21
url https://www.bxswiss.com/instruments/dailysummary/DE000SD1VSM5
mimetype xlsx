--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcd50d422ba84bed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f273a350cf94cd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b2b7d375fa94972"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c59daeb2d0a46e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7fb58e4a2414d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b2b7d375fa94972" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R178a59c202b343a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c59daeb2d0a46e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Generali</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>330,970</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>