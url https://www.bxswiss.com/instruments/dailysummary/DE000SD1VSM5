--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f273a350cf94cd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cfea771712d48b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c59daeb2d0a46e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf2c9150c3e942ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R178a59c202b343a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c59daeb2d0a46e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5d15666d6cd46b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf2c9150c3e942ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Generali</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>278,125</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,945</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...487 lines deleted...]
-          <x:t>346,525</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>