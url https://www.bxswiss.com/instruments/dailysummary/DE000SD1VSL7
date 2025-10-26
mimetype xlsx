--- v0 (2025-10-05)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e71ff30882c47f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c28667a27d84b03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf685e6dbb7324386"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46c47aea6a5f4068"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6f5cc4c30004457" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf685e6dbb7324386" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a087eb705f94a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46c47aea6a5f4068" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ArcelorMittal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,598 +149,193 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>4,145</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,055</x:t>
-[...21 lines deleted...]
-          <x:t>3,805</x:t>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,010</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...118 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,865</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,175</x:t>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>