--- v1 (2025-10-26)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c28667a27d84b03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1511fb915d1b4bfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46c47aea6a5f4068"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54a906f014584623"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a087eb705f94a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46c47aea6a5f4068" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R839ef2482d514756" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54a906f014584623" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ArcelorMittal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>5,350</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>