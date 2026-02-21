--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1511fb915d1b4bfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9011eb3d631c45cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54a906f014584623"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ddb511a49e94b98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R839ef2482d514756" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54a906f014584623" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65544f5599744ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ddb511a49e94b98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ArcelorMittal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>10,055</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>