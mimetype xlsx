--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9011eb3d631c45cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdacc64c906754ff7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ddb511a49e94b98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73c4ac9378254099"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65544f5599744ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ddb511a49e94b98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd310309f6bd04164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73c4ac9378254099" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ArcelorMittal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>