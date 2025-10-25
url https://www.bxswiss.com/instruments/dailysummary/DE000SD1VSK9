--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8ded9b2dc87405d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref94516322da48ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12b5023bb07345e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc20bb4e53ad04d95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f9cf39192d040a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12b5023bb07345e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87465d82c83a42fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc20bb4e53ad04d95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Allianz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>