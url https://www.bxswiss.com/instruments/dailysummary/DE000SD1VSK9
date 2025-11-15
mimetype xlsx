--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref94516322da48ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R762b0a0f631a4979" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc20bb4e53ad04d95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49213d7dc1564e15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87465d82c83a42fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc20bb4e53ad04d95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R072c1a6400cd4240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49213d7dc1564e15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Allianz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,515</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>