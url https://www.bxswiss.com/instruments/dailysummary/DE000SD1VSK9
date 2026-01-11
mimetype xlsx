--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R762b0a0f631a4979" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55235c3aba7e4c6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49213d7dc1564e15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b9f678930604fd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R072c1a6400cd4240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49213d7dc1564e15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67650c8e25e144eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b9f678930604fd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Allianz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>97,745</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>