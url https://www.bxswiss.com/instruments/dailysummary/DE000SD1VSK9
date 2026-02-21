--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55235c3aba7e4c6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3638563dd97b4247" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b9f678930604fd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76076e9781dd4a78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67650c8e25e144eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b9f678930604fd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf24881610a1248d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76076e9781dd4a78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Allianz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>111,395</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>