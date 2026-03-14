--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3638563dd97b4247" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58487d6e5ce7418b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76076e9781dd4a78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0a5118076904610"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf24881610a1248d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76076e9781dd4a78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2b520600f104f12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0a5118076904610" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Allianz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>