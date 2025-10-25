--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b06586641dc4bc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb17b6a1b6a647b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6c90e0061e34e1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2521a1bb03b24d8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2d548a697df48a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6c90e0061e34e1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d1fbbe4eaea4918" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2521a1bb03b24d8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Air Liquide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,195 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,660</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>16,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,030</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,215</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>