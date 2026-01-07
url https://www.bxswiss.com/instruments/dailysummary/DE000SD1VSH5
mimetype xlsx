--- v1 (2025-10-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb17b6a1b6a647b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73473f022a94430e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2521a1bb03b24d8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03fd98d0843a4e5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d1fbbe4eaea4918" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2521a1bb03b24d8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01cda2588fe8439f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03fd98d0843a4e5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Air Liquide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>13,115</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>