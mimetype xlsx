--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73473f022a94430e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23cf5caeb237427b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03fd98d0843a4e5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R333cd26a59b4496f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01cda2588fe8439f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03fd98d0843a4e5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70ad6e9839f243fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R333cd26a59b4496f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Air Liquide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>7,755</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,050</x:t>
-[...53 lines deleted...]
-          <x:t>6,650</x:t>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>