--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23cf5caeb237427b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e017c322b8f4f59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R333cd26a59b4496f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd296a5ddcaeb4978"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70ad6e9839f243fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R333cd26a59b4496f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re950e227ae614340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd296a5ddcaeb4978" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Air Liquide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,910</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>9,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,715</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,975</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>