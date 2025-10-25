--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R623bcd046725469d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66bbb67fe6c94535" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f633b14157e468c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07fac3e179ff4d0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88e6446e85464775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f633b14157e468c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c800032cf448b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07fac3e179ff4d0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Air Liquide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>38,180</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,265</x:t>
-[...97 lines deleted...]
-          <x:t>38,855</x:t>
+          <x:t>37,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,765</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>37,950</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>