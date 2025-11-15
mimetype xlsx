--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66bbb67fe6c94535" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d8640b9501948cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07fac3e179ff4d0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bf3b3c0a013405d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c800032cf448b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07fac3e179ff4d0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57b5a6ae555a4e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bf3b3c0a013405d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Air Liquide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>33,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>32,635</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>33,120</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>