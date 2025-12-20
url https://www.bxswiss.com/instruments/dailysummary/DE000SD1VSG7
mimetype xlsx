--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d8640b9501948cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2986a2d241184839" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bf3b3c0a013405d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f8269bf4e624706"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57b5a6ae555a4e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bf3b3c0a013405d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9efaea0ee3d64c6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f8269bf4e624706" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Air Liquide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>31,725</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>