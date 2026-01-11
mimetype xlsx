--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2986a2d241184839" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R151ddee90cee4181" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f8269bf4e624706"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R150e3ae8e6d740ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9efaea0ee3d64c6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f8269bf4e624706" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra56daafbc11b49ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R150e3ae8e6d740ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Air Liquide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>