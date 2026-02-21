--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R151ddee90cee4181" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a048a8fdb024864" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R150e3ae8e6d740ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4da2a56a3b14513"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra56daafbc11b49ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R150e3ae8e6d740ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbe6a6d819e742e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4da2a56a3b14513" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Air Liquide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,775</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>22,930</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>