--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a048a8fdb024864" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e5fc4c432840ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4da2a56a3b14513"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a06b2637f9e4b57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbe6a6d819e742e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4da2a56a3b14513" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raad44d7ddac5436f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a06b2637f9e4b57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Air Liquide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VSG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,860</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>