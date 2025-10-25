--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83ce30b585e74697" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56d894d4606f4dca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6649a5ef1d24027"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaa98c2b0fb94d02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R983b92181f9b4169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6649a5ef1d24027" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa103e6298e2430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaa98c2b0fb94d02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Enel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>7,270</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,510</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>25.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,765</x:t>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,570</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>8,035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,965</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>