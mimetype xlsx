--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56d894d4606f4dca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05576196404d489c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaa98c2b0fb94d02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a406e46d6ad4eec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa103e6298e2430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaa98c2b0fb94d02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fc7d9506d914dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a406e46d6ad4eec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Enel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>9,130</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,920</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>9,800</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,810</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>