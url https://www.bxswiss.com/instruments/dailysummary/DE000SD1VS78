--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05576196404d489c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a9e837dfb1f4260" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a406e46d6ad4eec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb08fdbeb874c4b5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fc7d9506d914dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a406e46d6ad4eec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67f12443eb874c8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb08fdbeb874c4b5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Enel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...85 lines deleted...]
-          <x:t>9,930</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,955</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...546 lines deleted...]
-          <x:t>11,745</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>