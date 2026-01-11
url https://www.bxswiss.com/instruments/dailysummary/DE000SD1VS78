--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a9e837dfb1f4260" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cbbc024acf14c57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb08fdbeb874c4b5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fbd067b4d454be2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67f12443eb874c8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb08fdbeb874c4b5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b601bb11a334497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fbd067b4d454be2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Enel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>10,645</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,660</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,100</x:t>
-[...4 lines deleted...]
-          <x:t>10,570</x:t>
+          <x:t>10,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>10,420</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>