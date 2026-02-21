--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cbbc024acf14c57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a751938abd84dec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fbd067b4d454be2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44ddef97e6bb4f6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b601bb11a334497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fbd067b4d454be2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2754cdbcb6c64066" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44ddef97e6bb4f6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Enel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>13,245</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>12,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,030</x:t>
-[...6 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>13,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,460</x:t>
-[...9 lines deleted...]
-          <x:t>12,995</x:t>
+          <x:t>14,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>