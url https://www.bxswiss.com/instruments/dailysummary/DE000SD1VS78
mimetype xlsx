--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a751938abd84dec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra27b617f05364b25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44ddef97e6bb4f6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e03498c82734dcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2754cdbcb6c64066" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44ddef97e6bb4f6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R344340e673bd48e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e03498c82734dcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Enel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>12,010</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,305</x:t>
-[...70 lines deleted...]
-          <x:t>12,485</x:t>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,235</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>13,445</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,605</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,320</x:t>
-[...485 lines deleted...]
-          <x:t>11,990</x:t>
+          <x:t>13,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>