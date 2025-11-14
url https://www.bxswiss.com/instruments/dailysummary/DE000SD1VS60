--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5020181e60e479f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refb908e77cb74849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93343160e8b44e5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re34acc0b2ebe475e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b020f61bcd44660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93343160e8b44e5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20ab6039582f438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re34acc0b2ebe475e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on E.ON</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>3,265</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,960</x:t>
-[...178 lines deleted...]
-          <x:t>3,550</x:t>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,900</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>3,730</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,420</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>3,390</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>