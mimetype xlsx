--- v1 (2025-11-14)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refb908e77cb74849" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1d6552a57ff4606" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re34acc0b2ebe475e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R045ae7689595456b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20ab6039582f438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re34acc0b2ebe475e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d73afc00ba46e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R045ae7689595456b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on E.ON</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...620 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,290</x:t>
-[...9 lines deleted...]
-          <x:t>2,005</x:t>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>