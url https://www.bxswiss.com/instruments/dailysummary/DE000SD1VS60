--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1d6552a57ff4606" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf11372943fc349f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R045ae7689595456b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fadf0cbfd53453c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d73afc00ba46e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R045ae7689595456b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45ea57c5d2ee4df9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fadf0cbfd53453c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on E.ON</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>2,160</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,255</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>2,170</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,955</x:t>
+          <x:t>2,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,240</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>2,325</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>