--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf11372943fc349f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R572a8551c3684222" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fadf0cbfd53453c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5af7053df4b9459e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45ea57c5d2ee4df9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fadf0cbfd53453c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reca3f9690169458d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5af7053df4b9459e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on E.ON</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>3,595</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>