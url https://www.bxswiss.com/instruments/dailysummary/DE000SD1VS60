--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R572a8551c3684222" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R469540e7a2e14daf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5af7053df4b9459e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75e574cf2c044506"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reca3f9690169458d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5af7053df4b9459e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62a5fd411a5046b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75e574cf2c044506" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on E.ON</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,468 +149,63 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>4,985</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,075</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...204 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,960</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,715</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>