--- v0 (2025-11-13)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2539b83634af479c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9feaf9a123f4baf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e8cd4ff175b42e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d8a320e07a44824"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16289c64ac054dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e8cd4ff175b42e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69f641d400b2412c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d8a320e07a44824" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on E.ON</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>20,880</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>