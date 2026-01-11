--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9feaf9a123f4baf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70cfe5778b334ddd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d8a320e07a44824"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9d4c6c47cde453c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69f641d400b2412c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d8a320e07a44824" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc39d8f8d4a8a47b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9d4c6c47cde453c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on E.ON</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>18,695</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,960</x:t>
-[...425 lines deleted...]
-        <x:is>
           <x:t>22,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,470</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,660</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>