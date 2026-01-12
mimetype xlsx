--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70cfe5778b334ddd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf02bfc39dedd4761" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9d4c6c47cde453c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R454294be09a345cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc39d8f8d4a8a47b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9d4c6c47cde453c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74c42062ed694502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R454294be09a345cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on E.ON</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,585</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>