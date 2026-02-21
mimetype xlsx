--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf02bfc39dedd4761" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R086d11014b4a49fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R454294be09a345cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R763a442967304301"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74c42062ed694502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R454294be09a345cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c3ba2e5948342ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R763a442967304301" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on E.ON</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,710</x:t>
-[...36 lines deleted...]
-          <x:t>31,160</x:t>
+          <x:t>30,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>