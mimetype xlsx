--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R086d11014b4a49fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2757e88cd6af4678" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R763a442967304301"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R487767f2118147b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c3ba2e5948342ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R763a442967304301" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce9a410bbd854c62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R487767f2118147b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on E.ON</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>