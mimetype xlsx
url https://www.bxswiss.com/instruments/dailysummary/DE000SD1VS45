--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra222b29632fe4a73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30e96fec15534c03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcee08d659f254e16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1391dd83c17244ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f220dbea0c54523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcee08d659f254e16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e14e7324fe5438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1391dd83c17244ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on E.ON</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>