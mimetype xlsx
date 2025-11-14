--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30e96fec15534c03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra51ee66681fe495d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1391dd83c17244ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7166c4146a8f4519"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e14e7324fe5438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1391dd83c17244ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdda0295a93d45fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7166c4146a8f4519" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on E.ON</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,230</x:t>
-[...576 lines deleted...]
-          <x:t>68,485</x:t>
+          <x:t>68,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>