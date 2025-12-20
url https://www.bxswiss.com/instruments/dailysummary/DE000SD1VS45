--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra51ee66681fe495d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37446a7480634ad9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7166c4146a8f4519"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e23d1ba1583461a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdda0295a93d45fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7166c4146a8f4519" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2820ccac44e4231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e23d1ba1583461a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on E.ON</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>54,200</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>