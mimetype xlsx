--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37446a7480634ad9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c7916f8d43f45bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e23d1ba1583461a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd40a00bd8f5e4a39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2820ccac44e4231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e23d1ba1583461a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad9442bd627e44f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd40a00bd8f5e4a39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on E.ON</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>