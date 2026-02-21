--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c7916f8d43f45bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e9e6a79ffeb4910" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd40a00bd8f5e4a39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3ddf679a70a460d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad9442bd627e44f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd40a00bd8f5e4a39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae0ae83f9da94b99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3ddf679a70a460d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on E.ON</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>76,975</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>