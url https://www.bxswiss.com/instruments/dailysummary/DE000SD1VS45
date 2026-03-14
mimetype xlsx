--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e9e6a79ffeb4910" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ceb11ca364346e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3ddf679a70a460d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7711fce75bc54e2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae0ae83f9da94b99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3ddf679a70a460d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21d9abfe6f924b26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7711fce75bc54e2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on E.ON</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>