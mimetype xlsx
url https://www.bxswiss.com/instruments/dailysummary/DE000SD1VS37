--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9941d151265845e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50dd62cc2ffb4043" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60794d72c8974298"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09d8b2c2bbea4070"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re61fb071ea9e4861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60794d72c8974298" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d9866875dc84d30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09d8b2c2bbea4070" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Deutsche Telekom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>