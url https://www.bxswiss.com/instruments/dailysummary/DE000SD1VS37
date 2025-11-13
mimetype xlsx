--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50dd62cc2ffb4043" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9dc3db045ed406a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09d8b2c2bbea4070"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b6dc55db55a45ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d9866875dc84d30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09d8b2c2bbea4070" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc74e48266cd54986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b6dc55db55a45ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Deutsche Telekom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,240</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>