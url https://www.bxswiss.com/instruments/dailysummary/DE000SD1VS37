--- v2 (2025-11-13)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9dc3db045ed406a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7284a8b3634543a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b6dc55db55a45ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd46418cd745e46e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc74e48266cd54986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b6dc55db55a45ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1f17556acb14750" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd46418cd745e46e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Deutsche Telekom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...360 lines deleted...]
-          <x:t>52,940</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,885</x:t>
-[...242 lines deleted...]
-          <x:t>41,595</x:t>
+          <x:t>43,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>