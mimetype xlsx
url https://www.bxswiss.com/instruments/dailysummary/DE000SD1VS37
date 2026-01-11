--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7284a8b3634543a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61e85d9610c0410a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd46418cd745e46e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R468b59537182435e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1f17556acb14750" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd46418cd745e46e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7a73333c84b4536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R468b59537182435e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Deutsche Telekom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>