--- v4 (2026-01-11)
+++ v5 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61e85d9610c0410a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e361f830bcc4e0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R468b59537182435e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd94ace57360f4aae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7a73333c84b4536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R468b59537182435e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79dc64970f804089" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd94ace57360f4aae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Deutsche Telekom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>36,945</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,400</x:t>
-[...404 lines deleted...]
-          <x:t>47,920</x:t>
+          <x:t>34,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>