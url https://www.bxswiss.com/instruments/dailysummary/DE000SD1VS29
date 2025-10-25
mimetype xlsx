--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ceffa057d2e467e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2346f28914a488f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9acb585d1adb4619"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R402708f704ef4a7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R121acad740394d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9acb585d1adb4619" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ab2d2ec656144b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R402708f704ef4a7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Deutsche Telekom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,250</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>