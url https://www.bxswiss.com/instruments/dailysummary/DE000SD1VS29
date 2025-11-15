--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2346f28914a488f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R301c793d58824567" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R402708f704ef4a7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e9f196230924af4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ab2d2ec656144b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R402708f704ef4a7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66c8c529c01f4781" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e9f196230924af4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Deutsche Telekom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>