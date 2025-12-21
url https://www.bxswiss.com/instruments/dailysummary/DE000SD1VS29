--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R301c793d58824567" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re95e167e69ce4535" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e9f196230924af4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94930fdc77644f6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66c8c529c01f4781" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e9f196230924af4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R128ac61456374ac5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94930fdc77644f6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Deutsche Telekom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>77,770</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>