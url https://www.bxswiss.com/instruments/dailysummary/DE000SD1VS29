--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re95e167e69ce4535" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4afa6ec548042bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94930fdc77644f6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra231b9c7b1f34803"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R128ac61456374ac5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94930fdc77644f6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1351bf255ca42c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra231b9c7b1f34803" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Deutsche Telekom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>78,640</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,700</x:t>
-[...118 lines deleted...]
-        <x:is>
           <x:t>68,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,635</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>70,165</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,765</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>