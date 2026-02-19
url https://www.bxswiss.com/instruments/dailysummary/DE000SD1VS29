--- v4 (2026-01-11)
+++ v5 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4afa6ec548042bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c83bfda106c4152" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra231b9c7b1f34803"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda378e408b5c4309"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1351bf255ca42c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra231b9c7b1f34803" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba087866c36843cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda378e408b5c4309" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Deutsche Telekom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,415</x:t>
-[...198 lines deleted...]
-          <x:t>87,415</x:t>
+          <x:t>66,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>