--- v5 (2026-02-19)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c83bfda106c4152" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96bc85499b6d4c21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda378e408b5c4309"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb55eca236b3a4d63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba087866c36843cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda378e408b5c4309" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e4c83cb77ad4a33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb55eca236b3a4d63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Deutsche Telekom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,880</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>