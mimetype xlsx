--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29f9a1942eda45e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc61be0d9c24918" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52961048fa9a45fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raae4d992431b4102"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdff2ff1e502e4421" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52961048fa9a45fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9b5b6ea1f0a45e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raae4d992431b4102" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Deutsche Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,935</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>