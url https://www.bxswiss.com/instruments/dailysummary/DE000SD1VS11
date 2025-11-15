--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc61be0d9c24918" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80c4f992b34a4360" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raae4d992431b4102"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7408d1e4dd554169"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9b5b6ea1f0a45e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raae4d992431b4102" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb255a53c88f34e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7408d1e4dd554169" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Deutsche Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>18,415</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,055</x:t>
-[...237 lines deleted...]
-          <x:t>13,475</x:t>
+          <x:t>17,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,150</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>17,990</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>