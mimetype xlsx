--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80c4f992b34a4360" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbfb55a970134a61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7408d1e4dd554169"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1e3c531e5864d42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb255a53c88f34e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7408d1e4dd554169" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R592f5966f4d64978" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1e3c531e5864d42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Deutsche Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...166 lines deleted...]
-          <x:t>16,610</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,830</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>13,305</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,955</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>9,090</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>