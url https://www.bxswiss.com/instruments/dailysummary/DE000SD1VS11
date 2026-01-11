--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbfb55a970134a61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd50639d9d8d74e71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1e3c531e5864d42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3332f59f43f94222"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R592f5966f4d64978" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1e3c531e5864d42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e4c70081d2c47f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3332f59f43f94222" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Deutsche Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,295</x:t>
-[...26 lines deleted...]
-          <x:t>12,710</x:t>
+          <x:t>10,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,400</x:t>
-[...33 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>14,815</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,620</x:t>
-[...215 lines deleted...]
-          <x:t>12,045</x:t>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>