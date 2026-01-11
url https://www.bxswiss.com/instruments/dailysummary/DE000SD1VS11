--- v4 (2026-01-11)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd50639d9d8d74e71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb50631acc0844905" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3332f59f43f94222"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fe6789bccde4e0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e4c70081d2c47f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3332f59f43f94222" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c84d074745e4527" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fe6789bccde4e0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Deutsche Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,405</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>