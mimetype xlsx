--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb50631acc0844905" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R936a725300e34b92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fe6789bccde4e0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc37c2799ddae4bec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c84d074745e4527" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fe6789bccde4e0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e4dc6543e574ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc37c2799ddae4bec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Deutsche Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>9,325</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>