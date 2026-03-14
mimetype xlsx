--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R936a725300e34b92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04190671365543ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc37c2799ddae4bec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21e1f034aa8d4601"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e4dc6543e574ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc37c2799ddae4bec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffd9b218f65c4db7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21e1f034aa8d4601" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Deutsche Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>9,040</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,185</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...91 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,130</x:t>
-[...173 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>8,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,575</x:t>
-[...166 lines deleted...]
-          <x:t>7,880</x:t>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.02.2026</x:t>
-[...31 lines deleted...]
-          <x:t>7,725</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,715</x:t>
-[...58 lines deleted...]
-          <x:t>8,660</x:t>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>