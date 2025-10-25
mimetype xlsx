--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R088805534eb7463c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R149cdbc1a6e141ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0eaf6a651644680"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R345ab458eaaa40aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe02236571424de1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0eaf6a651644680" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cddcc4ca3ca4694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R345ab458eaaa40aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Deutsche Bank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,380</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>