--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R149cdbc1a6e141ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08d6e8e8dc2e42b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R345ab458eaaa40aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22762d64f08b4eaf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cddcc4ca3ca4694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R345ab458eaaa40aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re732aac9e2b84eaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22762d64f08b4eaf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Deutsche Bank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,285</x:t>
-[...43 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>34,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,620</x:t>
-[...522 lines deleted...]
-          <x:t>25,775</x:t>
+          <x:t>36,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>