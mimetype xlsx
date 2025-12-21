--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08d6e8e8dc2e42b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15ac2440a9aa4514" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22762d64f08b4eaf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R903ad61bb9164cf7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re732aac9e2b84eaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22762d64f08b4eaf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re56aab95a95f4a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R903ad61bb9164cf7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Deutsche Bank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...68 lines deleted...]
-          <x:t>30,365</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,550</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...315 lines deleted...]
-          <x:t>32,645</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,885</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>31,425</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,075</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.11.2025</x:t>
-[...208 lines deleted...]
-          <x:t>36,035</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>