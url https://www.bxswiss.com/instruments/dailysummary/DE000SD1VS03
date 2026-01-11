--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15ac2440a9aa4514" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dab56d9497c4dbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R903ad61bb9164cf7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1ed52c0c7a44943"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re56aab95a95f4a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R903ad61bb9164cf7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfba795da1e844994" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1ed52c0c7a44943" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Deutsche Bank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>