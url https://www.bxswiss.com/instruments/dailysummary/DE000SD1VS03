--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dab56d9497c4dbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac306f1467544184" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1ed52c0c7a44943"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf53c3266e5dd4e80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfba795da1e844994" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1ed52c0c7a44943" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c9639ac2b414a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf53c3266e5dd4e80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Deutsche Bank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VS03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>35,250</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,245</x:t>
-[...16 lines deleted...]
-          <x:t>35,355</x:t>
+          <x:t>33,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,665</x:t>
-[...409 lines deleted...]
-          <x:t>38,145</x:t>
+          <x:t>31,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>