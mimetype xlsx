--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa825a4e2b12489c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d7e474f52024555" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e0ee7277ad5467a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fd50f18684c4179"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00b9e59e2f074f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e0ee7277ad5467a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9af6554d94514391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fd50f18684c4179" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Sanofi</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VRY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,545</x:t>
-[...4 lines deleted...]
-          <x:t>1,375</x:t>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...418 lines deleted...]
-          <x:t>1,550</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,465</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,961</x:t>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>