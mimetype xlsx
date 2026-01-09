--- v1 (2025-10-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d7e474f52024555" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f7d801276274333" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fd50f18684c4179"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94f880b0b5c542ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9af6554d94514391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fd50f18684c4179" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12404fd1b5c0445e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94f880b0b5c542ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Sanofi</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VRY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>1,245</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,961</x:t>
-[...6 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,973</x:t>
-[...16 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,951</x:t>
-[...414 lines deleted...]
-          <x:t>0,764</x:t>
+          <x:t>0,968</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>