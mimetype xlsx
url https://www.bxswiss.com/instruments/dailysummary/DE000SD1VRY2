--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f7d801276274333" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4cc3b962c9f480a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94f880b0b5c542ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb77f19d7588b4169"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12404fd1b5c0445e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94f880b0b5c542ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3533658329a4cb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb77f19d7588b4169" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Sanofi</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VRY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,909</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,953</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,946</x:t>
-[...156 lines deleted...]
-          <x:t>1,105</x:t>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
-        </x:is>
-[...273 lines deleted...]
-          <x:t>0,968</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>