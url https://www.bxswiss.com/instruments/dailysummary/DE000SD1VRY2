--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4cc3b962c9f480a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcd3f9bbd6d6403b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb77f19d7588b4169"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R874939608910442e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3533658329a4cb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb77f19d7588b4169" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R586503a46627406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R874939608910442e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Sanofi</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VRY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>1,130</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,125</x:t>
-[...26 lines deleted...]
-          <x:t>1,145</x:t>
+          <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,155</x:t>
-[...549 lines deleted...]
-          <x:t>1,025</x:t>
+          <x:t>1,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>