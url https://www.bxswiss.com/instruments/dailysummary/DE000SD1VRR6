--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf71e683c700b406d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8152fb36e41c4807" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a792f69a2fc49c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b57b6829cf64dc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd2efaac4cfb4fe0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a792f69a2fc49c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d8e2ea38ecf439f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b57b6829cf64dc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VRR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,622</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>0,652</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>09.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,624</x:t>
-[...134 lines deleted...]
-          <x:t>0,596</x:t>
+          <x:t>0,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,632</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...343 lines deleted...]
-          <x:t>0,688</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>