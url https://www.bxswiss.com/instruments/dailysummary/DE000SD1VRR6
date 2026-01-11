--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8152fb36e41c4807" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R696f90c2fcb84457" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b57b6829cf64dc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bb130e128534cc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d8e2ea38ecf439f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b57b6829cf64dc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56cef44c0ada4526" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bb130e128534cc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VRR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...441 lines deleted...]
-          <x:t>0,586</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,542</x:t>
-[...188 lines deleted...]
-          <x:t>0,544</x:t>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>