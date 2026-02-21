--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R696f90c2fcb84457" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R046f3ad045784a22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bb130e128534cc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a2ac4c99c874416"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56cef44c0ada4526" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bb130e128534cc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39afa4e5c0cb4932" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a2ac4c99c874416" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VRR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>0,431</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,407</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>09.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,449</x:t>
-[...9 lines deleted...]
-          <x:t>0,448</x:t>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>