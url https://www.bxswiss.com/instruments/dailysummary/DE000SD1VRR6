--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R046f3ad045784a22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b91e8571e5f45ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a2ac4c99c874416"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R467ad415fcc1439c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39afa4e5c0cb4932" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a2ac4c99c874416" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R050653ed382b46fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R467ad415fcc1439c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Orange</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VRR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,230</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,224</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,220</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>0,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,234</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,191</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,205</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>