--- v0 (2025-10-05)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e4fd06712a7450a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5cfe91ddbf74975" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c4b56b06e064c38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d149af3c7264d73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9751a871b558412b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c4b56b06e064c38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08a259ceed63494e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d149af3c7264d73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Merck KGaA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VRN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,130</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,110</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...462 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,641</x:t>
@@ -764,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>