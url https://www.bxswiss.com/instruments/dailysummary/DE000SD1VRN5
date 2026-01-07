--- v1 (2025-10-28)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5cfe91ddbf74975" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R383db07a0a3d44fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d149af3c7264d73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5d585e7b33b4b7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08a259ceed63494e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d149af3c7264d73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1bc09c848e7464c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5d585e7b33b4b7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Merck KGaA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VRN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>0,701</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,622</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>0,733</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>