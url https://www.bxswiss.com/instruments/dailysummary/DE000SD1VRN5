--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R383db07a0a3d44fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6686b26548d04912" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5d585e7b33b4b7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc450c93d070d4036"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1bc09c848e7464c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5d585e7b33b4b7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R348b5ef2eb5344a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc450c93d070d4036" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Merck KGaA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VRN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>0,578</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,535</x:t>
-[...222 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,460</x:t>
-[...9 lines deleted...]
-          <x:t>0,424</x:t>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>