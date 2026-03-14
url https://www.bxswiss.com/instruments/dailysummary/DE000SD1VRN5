--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6686b26548d04912" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5446c91b00ac4eeb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc450c93d070d4036"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3123f697c754994"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R348b5ef2eb5344a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc450c93d070d4036" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fa4d745c1eb4f77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3123f697c754994" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Merck KGaA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VRN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,442</x:t>
-[...70 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,416</x:t>
-[...16 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,408</x:t>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,394</x:t>
-[...384 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>0,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,412</x:t>
-[...117 lines deleted...]
-          <x:t>0,376</x:t>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>