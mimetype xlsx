--- v0 (2025-10-26)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcd37e3b93b04f5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e517d2615064f41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3fabe611bb548d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R777b127d2f454d7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ed571988d5a46ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3fabe611bb548d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d5fda124520419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R777b127d2f454d7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Henkel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VRA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>6,045</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,165</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...229 lines deleted...]
-          <x:t>5,965</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,720</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>5,305</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,200</x:t>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,210</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>5,395</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>