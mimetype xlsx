--- v1 (2025-11-16)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e517d2615064f41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12ca39d9a777498a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R777b127d2f454d7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33b51e081e124e9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d5fda124520419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R777b127d2f454d7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d9dd9fab0a49de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33b51e081e124e9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Henkel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VRA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>5,915</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,720</x:t>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,730</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...354 lines deleted...]
-          <x:t>05.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,735</x:t>
-        </x:is>
-[...202 lines deleted...]
-          <x:t>5,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>