--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12ca39d9a777498a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7839e8e3d1044d62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33b51e081e124e9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd4d699e9b384035"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d9dd9fab0a49de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33b51e081e124e9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28fd96c6a48f481a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd4d699e9b384035" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Henkel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VRA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,170</x:t>
-[...247 lines deleted...]
-          <x:t>5,910</x:t>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,400</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...219 lines deleted...]
-          <x:t>15.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,890</x:t>
-[...117 lines deleted...]
-          <x:t>5,735</x:t>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>