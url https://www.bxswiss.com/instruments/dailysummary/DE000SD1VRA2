--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7839e8e3d1044d62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0339d19fb2174b35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd4d699e9b384035"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e1d761a53b84fb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28fd96c6a48f481a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd4d699e9b384035" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7bd6bddaa274cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e1d761a53b84fb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Henkel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VRA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>5,305</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>