--- v0 (2025-10-25)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06bfec13a60a42a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8caff2b1172446a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reca049d79bf34e7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4054f01ac3cd420e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6067c4977a244908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reca049d79bf34e7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58c7ff6ddfa6436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4054f01ac3cd420e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Vonovia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VR87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,772</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,711</x:t>
-[...80 lines deleted...]
-          <x:t>0,758</x:t>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,776</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>0,586</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>