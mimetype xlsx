--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8caff2b1172446a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68178c839d9f4166" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4054f01ac3cd420e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c70f9a781b14162"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58c7ff6ddfa6436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4054f01ac3cd420e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2110eeb241e74125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c70f9a781b14162" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Vonovia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VR87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...311 lines deleted...]
-          <x:t>0,906</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,923</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,980</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,887</x:t>
-[...11 lines deleted...]
-          <x:t>0,874</x:t>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,845</x:t>
-[...21 lines deleted...]
-          <x:t>0,852</x:t>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,779</x:t>
-[...53 lines deleted...]
-          <x:t>0,765</x:t>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>