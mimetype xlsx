--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68178c839d9f4166" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9bfec36abca427f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c70f9a781b14162"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ca5de6854cb4098"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2110eeb241e74125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c70f9a781b14162" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfeb5d505b6e4f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ca5de6854cb4098" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Vonovia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VR87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>0,853</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,794</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>0,503</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>