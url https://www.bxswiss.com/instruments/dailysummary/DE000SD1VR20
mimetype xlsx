--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42d68383282949c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6a6f41573f74521" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5db7a2d254994af7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04ae9056072f43f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabffcd97a3e74bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5db7a2d254994af7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e13d5563d1041c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04ae9056072f43f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Telefonica</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VR20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,259</x:t>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,253</x:t>
-[...6 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,272</x:t>
-[...161 lines deleted...]
-          <x:t>0,261</x:t>
+          <x:t>0,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,251</x:t>
-        </x:is>
-[...435 lines deleted...]
-          <x:t>0,316</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>