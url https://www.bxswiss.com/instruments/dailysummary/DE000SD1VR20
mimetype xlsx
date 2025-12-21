--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6a6f41573f74521" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra119401d1b204d5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04ae9056072f43f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde1ad3804ceb4890"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e13d5563d1041c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04ae9056072f43f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb0308415d37488b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde1ad3804ceb4890" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Telefonica</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VR20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,251</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>