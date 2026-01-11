--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra119401d1b204d5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf2d9a7839aa4809" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde1ad3804ceb4890"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43634f1ebb0f469d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb0308415d37488b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde1ad3804ceb4890" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2a16c62fc4c43a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43634f1ebb0f469d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Telefonica</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VR20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,523</x:t>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,503</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,539</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,526</x:t>
-[...33 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,511</x:t>
-[...269 lines deleted...]
-          <x:t>0,518</x:t>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,512</x:t>
-[...43 lines deleted...]
-          <x:t>0,525</x:t>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,510</x:t>
-[...114 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,541</x:t>
-        </x:is>
-[...67 lines deleted...]
-          <x:t>0,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>