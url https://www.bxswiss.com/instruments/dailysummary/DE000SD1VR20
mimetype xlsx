--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf2d9a7839aa4809" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe0dd4f725a649d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43634f1ebb0f469d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90c1d8b420ca4202"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2a16c62fc4c43a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43634f1ebb0f469d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51b316985d934b7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90c1d8b420ca4202" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Telefonica</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VR20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>0,512</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,493</x:t>
-[...38 lines deleted...]
-          <x:t>0,460</x:t>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,460</x:t>
-[...231 lines deleted...]
-        <x:is>
           <x:t>0,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,527</x:t>
-[...117 lines deleted...]
-          <x:t>0,541</x:t>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>