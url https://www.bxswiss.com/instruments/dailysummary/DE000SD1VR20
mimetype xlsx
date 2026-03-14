--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe0dd4f725a649d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re79124b4bce548dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90c1d8b420ca4202"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dc33f1b5a694947"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51b316985d934b7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90c1d8b420ca4202" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0022a9e1d70c413a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dc33f1b5a694947" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Telefonica</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VR20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,414</x:t>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,393</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>0,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,385</x:t>
-[...274 lines deleted...]
-          <x:t>0,413</x:t>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>