--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R963d112bd14a4f3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R195f05fb2f6646cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d09f149415e4c00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R222ac0206e8f441b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dca08153db54426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d09f149415e4c00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27904163a8d6445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R222ac0206e8f441b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Deutsche Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>0,298</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,296</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>0,333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.09.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,350</x:t>
-[...4 lines deleted...]
-          <x:t>0,332</x:t>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,333</x:t>
-        </x:is>
-[...295 lines deleted...]
-          <x:t>0,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>