--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R195f05fb2f6646cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd52aa3c14d3941b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R222ac0206e8f441b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc254ad41b7f47f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27904163a8d6445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R222ac0206e8f441b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0620594ed5e64b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc254ad41b7f47f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Deutsche Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,391</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,397</x:t>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,387</x:t>
-[...43 lines deleted...]
-          <x:t>0,364</x:t>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,360</x:t>
+          <x:t>0,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,376</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>0,333</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>