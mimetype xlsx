--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd52aa3c14d3941b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0cd146dc4334d4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc254ad41b7f47f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34742dec84334cb2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0620594ed5e64b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc254ad41b7f47f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R338e8545ddfd4761" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34742dec84334cb2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Deutsche Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,346</x:t>
-[...4 lines deleted...]
-          <x:t>0,326</x:t>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,361</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>17.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,404</x:t>
-[...16 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,378</x:t>
-[...4 lines deleted...]
-          <x:t>0,360</x:t>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,362</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,364</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,349</x:t>
-        </x:is>
-[...462 lines deleted...]
-          <x:t>0,488</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>