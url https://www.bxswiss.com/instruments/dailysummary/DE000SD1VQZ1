--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0cd146dc4334d4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra734b8abcb8441a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34742dec84334cb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf726fb4fbd124fde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R338e8545ddfd4761" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34742dec84334cb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48294bd0561545dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf726fb4fbd124fde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Deutsche Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>0,453</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,389</x:t>
-[...21 lines deleted...]
-          <x:t>0,371</x:t>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...369 lines deleted...]
-          <x:t>0,381</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,391</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>0,349</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>