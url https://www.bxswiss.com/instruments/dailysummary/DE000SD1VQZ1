--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra734b8abcb8441a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf2b8f726dcb4ac3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf726fb4fbd124fde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85463d33ebd0407f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48294bd0561545dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf726fb4fbd124fde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re178d58e41334468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85463d33ebd0407f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Deutsche Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,343</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,361</x:t>
-[...254 lines deleted...]
-          <x:t>0,316</x:t>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,320</x:t>
-[...21 lines deleted...]
-          <x:t>0,318</x:t>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,322</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>0,394</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>