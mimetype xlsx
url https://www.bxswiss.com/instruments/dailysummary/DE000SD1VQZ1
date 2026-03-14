--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf2b8f726dcb4ac3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R805234c4ccac4a3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85463d33ebd0407f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2da6469397404a78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re178d58e41334468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85463d33ebd0407f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13421eeee8aa4fc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2da6469397404a78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Deutsche Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>0,354</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,376</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...413 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,306</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>