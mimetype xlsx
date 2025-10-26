--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1e1fe2454df4191" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f82ce5e8c654ab6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2669efe23ae46fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32cf02154e49494c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bbd99a9c43945e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2669efe23ae46fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b95956b340048ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32cf02154e49494c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Danone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,717</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,627</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,626</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,593</x:t>
-[...21 lines deleted...]
-          <x:t>0,600</x:t>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,572</x:t>
-[...566 lines deleted...]
-          <x:t>0,619</x:t>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>