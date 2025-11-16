--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f82ce5e8c654ab6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e532f62e7684c34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32cf02154e49494c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b2ac58048ed43f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b95956b340048ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32cf02154e49494c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re07e64a2c8524254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b2ac58048ed43f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Danone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>0,513</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,532</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...86 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,548</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>0,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,502</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,522</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>