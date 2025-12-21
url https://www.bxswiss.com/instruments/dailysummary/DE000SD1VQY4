--- v2 (2025-11-16)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e532f62e7684c34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47cf9746c4504478" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b2ac58048ed43f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b206f24b83d42b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re07e64a2c8524254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b2ac58048ed43f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94bddc272b0649e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b206f24b83d42b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Danone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,548</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,531</x:t>
-[...21 lines deleted...]
-          <x:t>0,499</x:t>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,502</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>21.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,467</x:t>
-[...58 lines deleted...]
-          <x:t>0,441</x:t>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,453</x:t>
-        </x:is>
-[...430 lines deleted...]
-          <x:t>0,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>