--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47cf9746c4504478" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbad341434e184550" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b206f24b83d42b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc14b79875ec34234"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94bddc272b0649e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b206f24b83d42b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68ed4de5360941ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc14b79875ec34234" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Danone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,469</x:t>
-[...16 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,477</x:t>
+          <x:t>0,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>0,465</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,472</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...383 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,479</x:t>
-        </x:is>
-[...94 lines deleted...]
-          <x:t>0,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>