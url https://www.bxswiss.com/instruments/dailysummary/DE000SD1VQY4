--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbad341434e184550" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4194f73ced8e43ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc14b79875ec34234"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06920f31ac0646d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68ed4de5360941ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc14b79875ec34234" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R642f9c9b42bf4e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06920f31ac0646d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Danone</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,524</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,514</x:t>
-[...43 lines deleted...]
-          <x:t>0,511</x:t>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,492</x:t>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,501</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>0,465</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,453</x:t>
-[...242 lines deleted...]
-          <x:t>0,479</x:t>
+          <x:t>0,464</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>