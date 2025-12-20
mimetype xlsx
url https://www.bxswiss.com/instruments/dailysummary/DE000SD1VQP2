--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R364e712cc0d3428c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d6f09efe7b544a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd632f7d26b55400e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf18fa8cfcba548d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda5788184cce4acf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd632f7d26b55400e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6020f82ef3b64723" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf18fa8cfcba548d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Carrefour</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...549 lines deleted...]
-          <x:t>0,614</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,587</x:t>
-[...60 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,558</x:t>
-[...9 lines deleted...]
-          <x:t>0,547</x:t>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>