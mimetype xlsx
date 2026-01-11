--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d6f09efe7b544a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c9096c1e1864779" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf18fa8cfcba548d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5185dabfff1e4e29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6020f82ef3b64723" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf18fa8cfcba548d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62d6baccdfbe4120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5185dabfff1e4e29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Carrefour</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,522 +149,90 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>0,441</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,451</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,472</x:t>
-[...116 lines deleted...]
-        <x:is>
           <x:t>0,451</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,373</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,376</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>