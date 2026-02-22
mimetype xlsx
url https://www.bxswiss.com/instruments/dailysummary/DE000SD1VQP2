--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c9096c1e1864779" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd47649aee6634c4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5185dabfff1e4e29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf38fd2256e2d4250"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62d6baccdfbe4120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5185dabfff1e4e29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe03eff543a24815" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf38fd2256e2d4250" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Carrefour</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,376</x:t>
-[...70 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,349</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,368</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,350</x:t>
-[...296 lines deleted...]
-          <x:t>0,360</x:t>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>