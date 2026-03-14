--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd47649aee6634c4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde6c9ca4d004422b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf38fd2256e2d4250"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69dae94b7e474f68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe03eff543a24815" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf38fd2256e2d4250" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf98edda70f044be4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69dae94b7e474f68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Carrefour</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,286</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>10.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,290</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>0,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,232</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>