--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83d4d0b246c7425f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb49e362f7c3d4f8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc79d58e2e47047af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31f12f73b3714518"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9695d6474e84940" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc79d58e2e47047af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcceeea6425844b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31f12f73b3714518" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Beiersdorf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>2,495</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,620</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>3,440</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>