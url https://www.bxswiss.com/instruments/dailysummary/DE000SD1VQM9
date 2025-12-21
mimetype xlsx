--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb49e362f7c3d4f8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R110976a51b174922" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31f12f73b3714518"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e09dbc4ea5d4265"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcceeea6425844b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31f12f73b3714518" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f2b8254ee2243c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e09dbc4ea5d4265" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Beiersdorf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>3,795</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,640</x:t>
-[...6 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,815</x:t>
-[...453 lines deleted...]
-          <x:t>2,985</x:t>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,000</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,740</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,615</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.10.2025</x:t>
-[...85 lines deleted...]
-          <x:t>2,535</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,535</x:t>
+          <x:t>2,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>