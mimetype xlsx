--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R110976a51b174922" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R811724156e714df2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e09dbc4ea5d4265"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf999c85700d74319"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f2b8254ee2243c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e09dbc4ea5d4265" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7320646325c44006" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf999c85700d74319" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Beiersdorf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>2,945</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,015</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...315 lines deleted...]
-          <x:t>2,705</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...127 lines deleted...]
-          <x:t>2,745</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>