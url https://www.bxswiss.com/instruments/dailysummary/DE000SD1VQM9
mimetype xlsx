--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R811724156e714df2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8880e96b20c43f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf999c85700d74319"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd58654516e514499"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7320646325c44006" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf999c85700d74319" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd6cd69223574073" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd58654516e514499" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Beiersdorf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>2,525</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>