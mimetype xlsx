--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8880e96b20c43f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d766bfca8674b5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd58654516e514499"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd012171492764f47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd6cd69223574073" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd58654516e514499" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdb5fa146f474dc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd012171492764f47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Beiersdorf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>2,225</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,130</x:t>
-[...43 lines deleted...]
-          <x:t>2,305</x:t>
+          <x:t>2,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,270</x:t>
-[...539 lines deleted...]
-          <x:t>1,450</x:t>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>