--- v0 (2025-10-27)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76a7e0548d134f48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdc3bd176dd0403e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4436f0aa4aeb473b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Receb470e598240f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ff7757c8bbf4b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4436f0aa4aeb473b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3514868a8fb41ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Receb470e598240f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Beiersdorf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>0,396</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,401</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,423</x:t>
-[...53 lines deleted...]
-          <x:t>0,436</x:t>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,435</x:t>
-[...269 lines deleted...]
-          <x:t>0,310</x:t>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>