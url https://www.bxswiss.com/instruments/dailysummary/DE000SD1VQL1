--- v1 (2025-11-16)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdc3bd176dd0403e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20f0423c7f3344b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Receb470e598240f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R393cc2220ea04952"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3514868a8fb41ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Receb470e598240f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra89c14f4816d4e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R393cc2220ea04952" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Beiersdorf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>0,355</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,308</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>20.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,314</x:t>
-[...70 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,307</x:t>
-[...441 lines deleted...]
-          <x:t>0,380</x:t>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>