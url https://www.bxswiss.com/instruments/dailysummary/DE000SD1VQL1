--- v2 (2026-01-07)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20f0423c7f3344b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ff4483f110e44aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R393cc2220ea04952"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb966eeb009304e67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra89c14f4816d4e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R393cc2220ea04952" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R265ae5b04c3f4c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb966eeb009304e67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Beiersdorf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>0,262</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>