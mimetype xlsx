--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ff4483f110e44aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red2fd0322a9c4da3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb966eeb009304e67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0332d8a379ad47d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R265ae5b04c3f4c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb966eeb009304e67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R774589d7500c40d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0332d8a379ad47d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Beiersdorf</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>0,216</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,200</x:t>
-[...517 lines deleted...]
-          <x:t>0,109</x:t>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>