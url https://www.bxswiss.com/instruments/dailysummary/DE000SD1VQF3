--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4a6687eef2f46d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3905524a2c346d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47e4a93e7c9a4886"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R945bb86f43734ce5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12064837171b480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47e4a93e7c9a4886" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b71f4dce9ed4c96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R945bb86f43734ce5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Bayer AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,515</x:t>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,410</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,480</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,395</x:t>
-[...6 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,185</x:t>
-[...38 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,280</x:t>
-        </x:is>
-[...526 lines deleted...]
-          <x:t>1,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>