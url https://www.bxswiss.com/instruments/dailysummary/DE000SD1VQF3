--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3905524a2c346d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fe51176359c42fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R945bb86f43734ce5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb49031cfeb8f42d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b71f4dce9ed4c96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R945bb86f43734ce5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c6aff87e1de44fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb49031cfeb8f42d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Bayer AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>1,010</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,971</x:t>
-[...409 lines deleted...]
-          <x:t>1,280</x:t>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>