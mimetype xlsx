--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fe51176359c42fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e4b5ec1ae164f3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb49031cfeb8f42d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93f9264390fe4357"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c6aff87e1de44fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb49031cfeb8f42d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fe4228398e14d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93f9264390fe4357" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Bayer AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>0,435</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,353</x:t>
-[...129 lines deleted...]
-          <x:t>0,247</x:t>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>0,260</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>