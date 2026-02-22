--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e4b5ec1ae164f3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5844b5049d24f83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93f9264390fe4357"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R658333185e344f16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fe4228398e14d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93f9264390fe4357" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f17f685ec814b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R658333185e344f16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Bayer AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,186</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>