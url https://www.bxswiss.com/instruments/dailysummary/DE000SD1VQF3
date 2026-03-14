--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5844b5049d24f83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra54feab3a13147d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R658333185e344f16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7533843a9fb24918"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f17f685ec814b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R658333185e344f16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R028538262b4647ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7533843a9fb24918" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Bayer AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,109</x:t>
-[...11 lines deleted...]
-          <x:t>0,104</x:t>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,093</x:t>
-[...571 lines deleted...]
-          <x:t>0,082</x:t>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>