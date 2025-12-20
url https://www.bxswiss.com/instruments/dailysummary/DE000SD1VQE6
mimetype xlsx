--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R885491f6babc4335" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf5f17f391d14e2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad429b09087b46d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39cb287dd3dd41b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6268b04df5a04009" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad429b09087b46d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc2959ca2c11433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39cb287dd3dd41b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on BASF SE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,527</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,549</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,517</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,546</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>0,622</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,561</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>0,555</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>