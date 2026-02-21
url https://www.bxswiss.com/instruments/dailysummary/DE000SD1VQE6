--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf5f17f391d14e2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra47ade50413048df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39cb287dd3dd41b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra908f322db594b51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc2959ca2c11433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39cb287dd3dd41b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fc8a89c7bec4018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra908f322db594b51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on BASF SE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,516</x:t>
-[...332 lines deleted...]
-        <x:is>
           <x:t>0,498</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>0,513</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>