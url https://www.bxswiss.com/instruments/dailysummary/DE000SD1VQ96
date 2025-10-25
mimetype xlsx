--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8630b31a903b4959" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f02bb3494e743ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R035f0337aff347fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73c1b83b1a5444e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R967a64a4cfe948f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R035f0337aff347fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re87dc8d161024607" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73c1b83b1a5444e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Henkel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQ96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,985</x:t>
-[...252 lines deleted...]
-          <x:t>1,120</x:t>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>