--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f02bb3494e743ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R795e8a3db78d42c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73c1b83b1a5444e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3c157395a3d4a98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re87dc8d161024607" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73c1b83b1a5444e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6ab8ea525ac469b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3c157395a3d4a98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Henkel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQ96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,135</x:t>
-[...134 lines deleted...]
-          <x:t>1,055</x:t>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,055</x:t>
-[...151 lines deleted...]
-          <x:t>0,979</x:t>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,923</x:t>
-[...107 lines deleted...]
-          <x:t>0,910</x:t>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>