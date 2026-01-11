--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R795e8a3db78d42c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dcd5a56924d4a2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3c157395a3d4a98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccefe571820246d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6ab8ea525ac469b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3c157395a3d4a98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcda8c64f932e4403" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccefe571820246d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Henkel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQ96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,050</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,035</x:t>
-[...70 lines deleted...]
-          <x:t>0,993</x:t>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,924</x:t>
-[...75 lines deleted...]
-          <x:t>0,939</x:t>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,862</x:t>
-        </x:is>
-[...462 lines deleted...]
-          <x:t>0,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>