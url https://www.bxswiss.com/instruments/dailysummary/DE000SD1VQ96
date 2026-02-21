--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dcd5a56924d4a2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f8ba145f3c74cc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccefe571820246d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R367cdd9e5da9494d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcda8c64f932e4403" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccefe571820246d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49fa0a6224e24ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R367cdd9e5da9494d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Henkel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQ96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,862</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>