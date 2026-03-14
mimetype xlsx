--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f8ba145f3c74cc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R592abe5662b04aef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R367cdd9e5da9494d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5712928370f34911"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49fa0a6224e24ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R367cdd9e5da9494d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66bbba85b6f54cce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5712928370f34911" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Henkel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQ96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>0,781</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,810</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>0,311</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>