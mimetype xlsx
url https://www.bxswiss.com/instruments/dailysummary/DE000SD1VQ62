--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22fa4b0f1b7c49c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9cc1099be35471e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re171e48753794a30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re511d02e44d5402e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R769c0213584a4ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re171e48753794a30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf1c183cb27f4aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re511d02e44d5402e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Fresenius Medical Care</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQ62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,989</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,960</x:t>
-[...16 lines deleted...]
-          <x:t>1,030</x:t>
+          <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,961</x:t>
-[...544 lines deleted...]
-          <x:t>0,714</x:t>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>