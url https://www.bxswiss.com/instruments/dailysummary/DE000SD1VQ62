--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9cc1099be35471e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab752810e8104c34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re511d02e44d5402e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1edc4f034bf54678"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf1c183cb27f4aa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re511d02e44d5402e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63c1c075157d484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1edc4f034bf54678" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Fresenius Medical Care</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQ62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,275</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,215</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,180</x:t>
-[...539 lines deleted...]
-          <x:t>1,140</x:t>
+          <x:t>1,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>