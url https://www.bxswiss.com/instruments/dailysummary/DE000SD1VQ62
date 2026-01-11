--- v2 (2026-01-11)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab752810e8104c34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cfaf06e45c74301" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1edc4f034bf54678"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra966196d3f6a4f0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63c1c075157d484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1edc4f034bf54678" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde1aafda1c37441b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra966196d3f6a4f0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Fresenius Medical Care</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQ62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>