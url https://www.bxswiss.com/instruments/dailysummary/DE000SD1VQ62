--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cfaf06e45c74301" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02489b757ad04229" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra966196d3f6a4f0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83bbac07f16447d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde1aafda1c37441b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra966196d3f6a4f0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1ee127a99354831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83bbac07f16447d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Fresenius Medical Care</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQ62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,255</x:t>
-[...16 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,170</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>1,085</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>1,080</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,090</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>1,240</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>