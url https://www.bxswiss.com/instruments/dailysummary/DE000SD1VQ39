--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7576c0eaca9e475c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42889035af534cb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4ed135548a44999"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2d223869aba4cf0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6bcf577e9ff4950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4ed135548a44999" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5571238b77548e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2d223869aba4cf0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Enel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQ39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,035</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,015</x:t>
-[...222 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,985</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>0,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,924</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,941</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>