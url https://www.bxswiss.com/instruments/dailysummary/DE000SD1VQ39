--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42889035af534cb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19cf2124560e43db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2d223869aba4cf0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeeaa2bc6b9a4978"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5571238b77548e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2d223869aba4cf0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b5fc13f66654c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeeaa2bc6b9a4978" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Enel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQ39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,706</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>