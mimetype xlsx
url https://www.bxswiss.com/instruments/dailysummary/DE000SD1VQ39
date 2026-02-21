--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19cf2124560e43db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12fd3cf0c4d6434f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeeaa2bc6b9a4978"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2134ad38a634487"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b5fc13f66654c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeeaa2bc6b9a4978" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6dcca231a244ad7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2134ad38a634487" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Enel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQ39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,611</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>