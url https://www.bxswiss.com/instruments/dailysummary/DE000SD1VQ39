--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12fd3cf0c4d6434f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe6bf4e3f529437a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2134ad38a634487"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re598c34dcc874d20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6dcca231a244ad7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2134ad38a634487" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdda893ad6614a25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re598c34dcc874d20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Enel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VQ39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>0,459</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,466</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,402</x:t>
-[...53 lines deleted...]
-          <x:t>0,366</x:t>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,340</x:t>
-[...6 lines deleted...]
-          <x:t>12.02.2026</x:t>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,402</x:t>
-[...171 lines deleted...]
-          <x:t>0,439</x:t>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>