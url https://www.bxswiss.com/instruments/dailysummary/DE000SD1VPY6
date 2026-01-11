--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97a564dac4764006" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R997c437e63e84f5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73ec6fdc67d44b65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf993660cbc2444c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R056f8f087fb440d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73ec6fdc67d44b65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f7823b45e8d4552" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf993660cbc2444c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Swatch Group B</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,630</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>