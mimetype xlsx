--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R997c437e63e84f5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R742e58b24d1d47ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf993660cbc2444c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18d9233c7116482e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f7823b45e8d4552" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf993660cbc2444c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a5f53df64c949e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18d9233c7116482e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Swatch Group B</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPY6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>0,345</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,323</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,338</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,328</x:t>
-[...33 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,327</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>30.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,341</x:t>
-[...31 lines deleted...]
-          <x:t>0,280</x:t>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,304</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>0,264</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>