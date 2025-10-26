--- v0 (2025-10-05)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95839f4b46364489" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73da16a26e104da0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7b2539cafee480b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37ddd4b699284f98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a20e61e9abf47dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7b2539cafee480b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76f8756444ca4b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37ddd4b699284f98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on SGS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,250</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,209</x:t>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,223</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,232</x:t>
-[...4 lines deleted...]
-          <x:t>0,207</x:t>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,208</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,235</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,232</x:t>
-[...485 lines deleted...]
-          <x:t>0,231</x:t>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>