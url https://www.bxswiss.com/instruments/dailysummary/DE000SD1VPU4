--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73da16a26e104da0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cbb6f0dc2824550" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37ddd4b699284f98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6b55c57ddb141a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76f8756444ca4b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37ddd4b699284f98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6dc3f9fc22e4ad5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6b55c57ddb141a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on SGS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,576 +149,171 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>0,203</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,175</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>0,192</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,181</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...69 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,174</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,180</x:t>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>