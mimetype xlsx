--- v2 (2025-11-16)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cbb6f0dc2824550" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra468bc4a23964df2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6b55c57ddb141a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c7009b890af4f8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6dc3f9fc22e4ad5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6b55c57ddb141a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe169919a8414d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c7009b890af4f8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on SGS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...80 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,187</x:t>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,175</x:t>
-[...43 lines deleted...]
-          <x:t>0,180</x:t>
+          <x:t>0,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,160</x:t>
-[...6 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,152</x:t>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,134</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>27.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,145</x:t>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,138</x:t>
-[...124 lines deleted...]
-          <x:t>0,148</x:t>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,138</x:t>
-[...242 lines deleted...]
-          <x:t>0,134</x:t>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>