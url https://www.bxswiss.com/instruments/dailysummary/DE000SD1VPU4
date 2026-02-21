--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra468bc4a23964df2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb39f92f2e0f247f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c7009b890af4f8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R476170da75374a0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe169919a8414d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c7009b890af4f8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ed0475ea1e84b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R476170da75374a0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on SGS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>0,136</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,107</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,108</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,119</x:t>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,110</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>07.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,096</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,104</x:t>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,097</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,097</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,094</x:t>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>