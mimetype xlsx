--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb39f92f2e0f247f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cfce627874242ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R476170da75374a0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf50aa633a0c94273"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ed0475ea1e84b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R476170da75374a0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85ff91b64dbf4210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf50aa633a0c94273" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on SGS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,110</x:t>
-[...4 lines deleted...]
-          <x:t>0,096</x:t>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,105</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>0,099</x:t>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,097</x:t>
-[...544 lines deleted...]
-          <x:t>0,089</x:t>
+          <x:t>0,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>