--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5e475bc49234f93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra01de2bbfba74af9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad6bd5c912394229"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e5dde3225274167"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re13f49b61ecb49d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad6bd5c912394229" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R214b58c30956431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e5dde3225274167" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,151 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,890</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,725</x:t>
-[...489 lines deleted...]
-        <x:is>
           <x:t>3,070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,935</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>