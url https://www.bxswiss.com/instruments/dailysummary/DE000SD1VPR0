--- v1 (2025-10-24)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra01de2bbfba74af9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R003d49bca1ab4b30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e5dde3225274167"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cfa104958154f41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R214b58c30956431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e5dde3225274167" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4678dcfcd55c45a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cfa104958154f41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>2,060</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>