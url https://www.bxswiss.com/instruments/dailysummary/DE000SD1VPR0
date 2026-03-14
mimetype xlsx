--- v2 (2026-01-09)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R003d49bca1ab4b30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46aa261cd7c34950" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cfa104958154f41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ea0d53193c44761"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4678dcfcd55c45a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cfa104958154f41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5908ba53bd7b4256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ea0d53193c44761" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Roche Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...436 lines deleted...]
-          <x:t>0,784</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,729</x:t>
-[...31 lines deleted...]
-          <x:t>0,721</x:t>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>